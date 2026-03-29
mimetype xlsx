--- v0 (2025-12-11)
+++ v1 (2026-03-29)
@@ -51,769 +51,769 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_do_legislativo_n_07.2024_1.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_do_legislativo_n_07.2024_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cargo de Chefe de gabinete e altera os anexo I, anexo II, 1 da lei N° 013/ 2006, que dispõe sobre o plano de cargos e carreiras e vencimento da Câmara municipal de Surubim</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Neto da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/163/projeto_no_009.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/163/projeto_no_009.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA LAUDECI MARIA DA CONCEIÇÃO</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Bomba</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_n_055.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_n_055.2024.pdf</t>
   </si>
   <si>
     <t>Denomina nome de rua José Urbano da Silva no município de Surubim.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Ivete do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_lei_n_058.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_lei_n_058.2024.pdf</t>
   </si>
   <si>
     <t>Denomina nome de rua Luzinete Maria de Almeida no município de Surubim.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_n_054.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_n_054.2024.pdf</t>
   </si>
   <si>
     <t>Denomina nome da Rua Luiz Gustavo Correia De Melo, no munícipio de Surubim e adota outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Ana Célia Cabral de Farias</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/</t>
+    <t>http://sapl.surubim.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação para realização de shows e eventos acima de 500 expectadores</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei_n_05.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei_n_05.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo contratar operação de crédito com o Banco do Brasil S.A</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_n_06.2011.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_n_06.2011.pdf</t>
   </si>
   <si>
     <t>Institui a política Municipal de Educação Integral a Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/324/projeto_de_lei_n_08.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/324/projeto_de_lei_n_08.2024.pdf</t>
   </si>
   <si>
     <t>Abertura de Crédito suplementar</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/325/projeto_de_lei_n_09.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/325/projeto_de_lei_n_09.2024.pdf</t>
   </si>
   <si>
     <t>Abertura de Crédito Suplementar</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_lei_n_010.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_lei_n_010.2024.pdf</t>
   </si>
   <si>
     <t>Reajuste Salárial do Piso do Magistério</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/327/projeto_de_lei_n_011.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/327/projeto_de_lei_n_011.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Matias Facção</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas, viabilizarem o calçamento da Rua SÉRGIO ARRUDA DE QUEIROZ, por trás da Escola (ERNAF), na COHAB II , bairro Santo Antônio, no Município de Surubim.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem o calçamento da Rua JOSEFA BEZERRA no Loteamento São Tiso II, no Município de Surubim.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Neto da Padaria</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/3/req._n_003.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/3/req._n_003.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.ª ANA CÉLIA CABRAL DE FARIAS, PREFEITA e a Secretária de Assistência Social e Direto Humanos, Sr.ª PENÉLOPE REGINA SILVA DE ANDRADE, para juntas, viabilizarem a implantação de uma cozinha comunitária, Bairro Coqueiro, no Município de Surubim.</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/4/req._n_004.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/4/req._n_004.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.ª ANA CÉLIA CABRAL DE FARIAS, PREFEITA ao Secretário de Desenvolvimento Agrário e Econômico SR. DENNY LAPENDA FAGUNDES para juntos, viabilizarem a Implantação de uma caixa d’agua para a População do Loteamento Frei Damião, no Município de Surubim.</t>
   </si>
   <si>
     <t>Anabel Negromonte</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/5/req._n_005.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/5/req._n_005.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e ao Secretário de Saúde, Sr. THYAGO BELO PEDROSA, para juntos, viabilizarem a Pulverização de inseticida popularmente conhecido como fumacê para eliminação de mosquitos nos Bairros da nossa Cidade visando a prevenção da DENGUE, ZIKA, CHIKUNGUNYA e demais doenças causadas pelos mosquitos, no Município de Surubim._x000D_
 _x000D_
 JUSTIFICATIVA ORAL: De acordo com a secretária de saúde do Estado, Pernambuco têm milhares de casos prováveis e existe um aumento de 113% se comparando com o mesmo período do ano anterior.</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/6/req._n_006.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/6/req._n_006.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Administração, Dra. DANUSA MEDEIROS PIANCÓ DA SILVA, para juntas, viabilizarem a prorrogação do decreto de Nº 026/2022 de 06 de maio de 2022 do concurso para os cargos de Agente de combate de Endemias e Agentes de Saúde, no Município de Surubim._x000D_
 _x000D_
 JUSTIFICATIVA ORAL: Como sabemos o concurso de Agente de Saúde e Endemias têm validade de 2 anos podendo ser prorrogado por mais 2 anos como está chegando o prazo para validação do concurso e sabendo que existe um quadro de reservas esperando a convocação venho solicitar a prorrogação do mesmo.</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/7/req._n_007.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/7/req._n_007.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.ª ANA CÉLIA CABRAL DE FARIAS, PREFEITA e a Secretária de Infraestrutura e Controle Urbano, Sr.ª ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas, viabilizarem o calçamento da Rua José Bruno Cabral, que liga a Rua José Alberto de Lima, Bairro Bela Vista (Salgado), no Município de Surubim.</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja consignado na Ata dos trabalhos desta Sessão, VOTOS DE APLAUSOS ao Presidente do SINDACS PE GRACILIANO GAMA (Guga), pela implantação da Sub sede Agreste no Município de Surubim, que irá atender 08 (oito) Municípios:  _x000D_
 Surubim, Frei Miguelinho, Santa Maria do Cambucá, Vertente do Lério, Casinhas, Bom Jardim, João Alfredo e Orobó.  _x000D_
  _x000D_
 _x000D_
 JUSTIFICATIVA ORAL:_x000D_
  O Presidente Guga tem uma história de muitas conquistas a frente deste Importante sindicato, eleito de 2017 a 2020 e reeleito de 2020 a 2024, conseguiu nesse período aumentar o números de municípios filiados de 43 para 98, aquisição de uma nova sede, o Presidente que mais implantou sub sedes nas principais Regiões do Estado, colocando o SINDACS   como referência nacional na defesa dos direitos e deveres dos Trabalhadores ACS e ACE.</t>
   </si>
   <si>
     <t>BEATRIZ GUERRA</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, Prefeita, e a Secretária de Infraestrutura e Controle Urbano, Sra.  ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas, viabilizarem a construção de um Espaço para Atividades Físicas, no estilo Academia da Cidade na Comunidade:  Cachoeira do Taepe, no Município de Surubim.</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja consignado na Ata dos trabalhos desta Sessão, VOTOS DE APLAUSO a Prefeitura e a Exma. Sra.  Ana Célia Cabral de Farias, Prefeita, pelo projeto de Energias Solar que está sendo implantado nesses locais:    _x000D_
 _x000D_
 UBS SALGADO _x000D_
 UBS COHAB ll _x000D_
 Auditório Prefeito Nelson Barbosa_x000D_
 Escola Oliveiro _x000D_
 Escola Angelina _x000D_
 Escola Dr.  Amaro_x000D_
 Escola Maria Amélia _x000D_
 Escola Antônio Medeiros _x000D_
 Escola Ermelinda _x000D_
 Secretaria de Saúde _x000D_
 Polo UAB</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, Prefeita, ao Sr. JOSÉ ANIERVRSON SOUZA DOS SANTOS Secretário de Juventude e a Sr.a ANDRESA CÂNDIDA Vice Presidente da Une, (união Nacional dos Estudantes) para juntos viabilizarem um mutirão de confecções de carteirinhas estudantis, com intuito de garantir os direitos de meia entrada em eventos para nossos estudantes, do Município de Surubim.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/12/req._n_012.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/12/req._n_012.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às malidades regimentais, seja consignado na Ata dos trabalhos dessa são, VOTOS DE PESAR pelo falecimento do Sr. PEDRO LUIZ DE RUDA, conhecido por (Pedro Riachão) no Município de Surubim.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/13/req._n_013.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/13/req._n_013.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja consignado na Ata dos trabalhos dessa Sessão, VOTOS DE PESAR pelo falecimento falecimento do Sr. SERGIO ARRUDA NETO, no Município de Surubim.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/14/req._n_014.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/14/req._n_014.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.a ANA CÉLIA CABRAL DE FARIAS, PREFEITA e ao Secretário de Saúde, Sr. THYAGO BELO PEDROSA, para juntos, viabilizarem uma Casa de Apoio em Recife para abrigar os acompanhantes dos pacientes que estão em tratamento médico na Capital.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/15/req._n_015.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/15/req._n_015.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.ª ANA CÉLIA CABRAL DE FARIAS, PREFEITA e a Secretária de Educação e Cultura Sr.a AUCIMERE SILVA DE PAULA para juntas, viabilizarem a um Transporte Escolar para transportar os alunos de Juá de Taperinha para a ESCOLA MIGUEL FARIAS no Sitio Capim, no Município de Surubim.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/16/req._n016.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/16/req._n016.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.ª ANA CÉLIA CABRAL DE FARIAS, PREFEITA ао Secretário de Desenvolvimento Agrário e Econômico SR. DENNY LAPENDA FAGUNDES para juntos, viabilizarem a Implantação de uma caixa d'agua para a População do Loteamento Frei Damião, no Município de Surubim.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/17/req._n_017.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/17/req._n_017.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido о Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas, viabilizarem o calçamento da RUA: ETELVINA MARIA SARAIVA, no Loteamento SÃO TIRSO III, por trás do Hotel Reserv, no Município de Surubim.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/18/req._n_018.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/18/req._n_018.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às  formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, a Secretária Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas, viabilizarem o calçamento da Rua_x000D_
 MARIA JOSÉ DA SILVA NASCIMENTO, Loteamento São Tirso II bairro Santo Antônio, por trás do Hotel Havaí, no Município de Surubim.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/19/req._n_019.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/19/req._n_019.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido о Plenário e obedecidas às formalidades regimentais, seja feito veemente, apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas, viabilizarem a construção de uma PRAÇA na Rua MARIA JOSE VILARIM PIRES, em frente ao Studio M Estrada que dá acesso a Chã do Marinheiro, por trás do forno de Cal, no Município de Surubim.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/20/req._n_020.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/20/req._n_020.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente, apelo a Exma. Sra.  ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem, o calçamento da Rua SEBASTIÃO BARBOSA DE SOUZA, Bairro São José, no Município de Surubim.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/21/req._n_023.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/21/req._n_023.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra._x000D_
 ANA CÉLIA CABRAL DE FARIAS, PREFEITA, ao Secretário de Saúde, Sr. THYAGO BELO PEDROSA, a Secretária de Educação e Cultura, Sra. AUCIMERE SILVA DE PAULA CABRAL e a Secretária de Assistência Social e Direto Humanos, Sr.° PENÉLOPE REGINA SILVA DE ANDRADE, para juntos, viabilizarem a possibilidade de fazer um convênio com uma rede oftalmológica para implantar um programa nas Escolas Públicas do Município com objetivo de_x000D_
 identificar os alunos com problemas de visão, no Município de Surubim.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/22/req._n_025.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/22/req._n_025.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, e o Secretário de Esportes Sr. NAILTON LIMA DE ARRUDA para juntos viabilizarem a construção de uma quadra para a prática de Vôlei de areia e Futevôlei, na praça ao lado da Escola Oliveiros, no Município de Surubim</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/23/req._n_026.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/23/req._n_026.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja consignado na Ata dos trabalhos dessa Sessão, VOTOS DE PESAR pelo falecimento do Sr. JOSÉ MEDEIROS NETO, conhecido como (Zé Medeiros), no Município de Surubim.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/24/req._n_027.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/24/req._n_027.2024.pdf</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Vaguinho</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/25/req._n_028.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/25/req._n_028.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas as formalidades regimentais seja oficiada a Sr' Prefeita do Município de Surubim Sr° Ana Célia Farias e em especial a Ilustre Secretária de Educação Alcimere Silva de Paula Cabral, para juntas envidem reais esforços do sentido de promover Atendimento Psicológico nas Escolas da Rede Municipal de Surubim, onde temos notícias e reclamos dos pais desses jovens e adolescentes com problemas emocionais e existências.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/26/req._n_030.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/26/req._n_030.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a está casa Legislativa Municipal para que denomine como nome o plenário da casa Euclides Mota de PLENÁRIO EVANDRO CAVALCANTE em memória, à esse ex Vereador desta Cidade.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/27/req._n_031.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/27/req._n_031.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo ao Exma. Sr.° ANA CELIA CABRAL DE FARIAS, Prefeita, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para nomearem de: FABIANA RAMOS DA SILVA a Praça que será construída no Loteamento José Maria, No Município de Surubim.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/28/req._n_032.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/28/req._n_032.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo ao Exma. Sr.a_x000D_
 ANA CÉLIA CABRAL DE FARIAS, Prefeita, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem o calçamento e uma ponte na Rua ALINE GUEDES GUERRA, ao lado da Igreja Maranata, essa rua liga os Loteamentos Nova Esperança e Vovó Tetinha. No Município de Surubim.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/29/req._n_034.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/29/req._n_034.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem o Asfalto ligando o DETRAN de Surubim, passando pela COHAB II até o Clube Cara &amp; Coroa, no Município de Surubim.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/30/req._n_036.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/30/req._n_036.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem o Asfalto ligando o DETRAN de Surubim, passando pela COHAB II até o Clube Cara &amp; Coroa, no Município de Surubim. Da decisão desta Casa, dé-se conhecimento as autoridades acima mencionadas</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/31/req._n_036.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/31/req._n_036.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CELIA CABRAL DE FARIAS, PREFEITA, e o Secretário de Esportes Sr. NAILTON LIMA DE ARRUDA para juntos viabilizarem a, implantação de uma Escolinha de Futebol no Campo Society do Coqueiro, no Município de Surubim._x000D_
 Da decisão desta Casa, dê-se ciência as autoridades acima citada._x000D_
 JUSTIFICATIVA ORAL: Como todos sabemos o campo de Futebol Society no Coqueiro daqui a alguns meses será inaugurado, pensando nisso fiz esse requerimento pensando nos pais que não tem condições de pagar para seus filhos em locais particulares. Além disso também sabemos que o Esporte é um incentivo a uma vida saudável principalmente o Futebol por se tratar da modalidade Esportiva mais praticada.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/32/req._n_037.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/32/req._n_037.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente, apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem, o calçamento da Rua SEVERINO HONÓRIO DOS SANTOS, Loteamento São José III, no Município de Surubim.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/33/req._n_038.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/33/req._n_038.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido Plenário e obedecidas as formalidades regimentais, seja feito veemente, apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, , para viabilizarem, o calcamento da Rua JOÃO MINERVINO ALVES. Loteamento São José III, no Município de Surubim.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Fabrício Brito</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/34/req._n_039.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/34/req._n_039.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exmo. Sr. CLEBER CHAPARRAL, DEPUTADO ESTADUAL e ao Gerente Regional da Compesa Vale do Capibaribe Sr. GEORGE PEREIRA RAMOS, para juntos viabilizarem o abastecimento de água na_x000D_
 Comunidade da Taperinha, no Município de Surubim.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/35/req._n_040.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/35/req._n_040.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exmo. Sr. CLEBER CHAPARRAL, DEPUTADO ESTADUAL e ao Gerente Regional da Compesa Vale do Capibaribe Sr. GEORGE PEREIRA RAMOS, para juntos viabilizarem a religação da água no Bairro Lagoa Nova, no Município de Surubim.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/36/req._n_041.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/36/req._n_041.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo ao Exma. Sr.a ANA CÉLIA CABRAL DE FARIAS, Prefeita, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem o calcamento Rua MARIA TEREZINHA DE ANDRADE no Alto da Amizade depois da RádioIntegração FM ao lado do muro da Fábrica Pan Cristal, No Município de Surubim.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/37/req._n_042.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/37/req._n_042.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo ao Exma. Sr.a ANA CÉLIA CABRAL DE FARIAS,_x000D_
 Prefeita, e a Secretária de Infraestrutura e Controle Urbano. Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem o calçamento RUA MARIA DA TRINDADE GUERRA que liga por traz da Rádio Integração a Vila Cecília Nóbrega na estrada que vai para o sítio Bandinha, no Município de Surubim.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/38/req._n_043.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/38/req._n_043.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e ao Secretário de Saúde, Sr. THYAGO BELO PEDROSA e O CAVI (Centro de Atendimento Veterinário) para viabilizarem um estudo técnico preliminar, tendo como base a castração dos cachorros de rua, no Município de Surubim.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/39/req._n_044.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/39/req._n_044.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CELIA CABRAL DE FARIAS, PREFEITA, e ao Secretário de Saúde, Sr. THYAGO BELO PEDROSA, para juntos, viabilizarem a extensão da UBS (Unidade Básica de saúde) da Vila Social para o Loteamento J.Galdino, no Município de Surubim.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/40/req._n_045.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/40/req._n_045.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem melhorias na Iluminação começando do Trevo até as proximidades da rádio integração FM, no Município de Surubim.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Geraldo Lira</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/41/req._n_046.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/41/req._n_046.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, seja Oficiado a COMPESA na pessoa do Diretor Presidente ALEX MACHADO CAMPOS na Avenida Cruz Cabuga n° 1.387 - Bairro Santo Amaro - Recife PE., CEP 50.040.000 e ao Gerente desta Companhia em Surubim, com endereco na Rua Mário Estanislau n° 05 bairro da Cabaceira/Surubim PE.. para que apresentem uma solução imediata para o problema da cobrança exorbitante da taxa de esgoto em nosso município e situações inerentes.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, seja Oficiado a COMPESA na pessoa do Diretor Presidente ALEX MACHADO CAMPOS na Avenida Cruz Cabuga n° 1.387 - Bairro Santo Amaro - Recife PE., CEP 50.040.000 e ao Gerente desta Companhia em Surubim, com endereço na Rua Mário Estanislau n° 05 bairro da Cabaceira/Surubim PE. para que apresentem uma solução imediata para o problema de falta de água em nosso município e outras situações inerentes.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/43/req._n_047.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/43/req._n_047.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.° ANA CÉLIA CABRALI_x000D_
 DE FARIAS, PREFEITA e a Secretária de Infraestrutura e Controle Urbano, Sr.a ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas, viabilizarem o calçamento da Rua AURORA JOSEFA DE ARRUDA, Loteamento Dorgival leal filho, Bairro Coqueiro, no Município de Surubim</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/44/req._n_049.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/44/req._n_049.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.° ANA CÉLIA CABRAL DE FARIAS, PREFEITA e a Secretária de Infraestrutura e Controle Urtano, Sr' ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas, Viabilizarem o calçamento da Rua MARIA ESTELA BARBOSA, Loteamento Baraúnas, no Munícipio de Surubim</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/45/req._n_050.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/45/req._n_050.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.a ANA CELIA CABRAL DE FARIAS, PREFEITA ao Secretário de Desenvolvimento Agrário e Econômico SR. DENNY LAPENDA FAGUNDES, para juntos, viabilizarem a aquisição e instalação de uma caixa d'água de 5 ou 10 mil litros para atender às necessidades das famílias da comunidade do PILÕES DE CIMA, destacando a importância do acesso à água potável para a saúde e qualidade de vida dos cidadãos, Considerando que a instalação de uma caixa d'água de capacidade adequada pode proporcionar uma reserva estratégica, minimizando OS impactos das interrupções no abastecimento.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/46/req._n_051.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/46/req._n_051.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA e ao Secretário de Agricultura e Desenvolvimento Econômico, Sr. DENNY LAPENDA FAGUNDES, para juntos, viabilizarem um trator e sementes para o corte de terras das famílias do bairro Bela Vista e Sítio Pilões, no Município de Surubim.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/47/req._n_052.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/47/req._n_052.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente, apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem, o calçamento de_x000D_
 Lagoa da Vaca a Furnas, no Município de Surubim.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/48/req._n_053.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/48/req._n_053.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário obedecidas formalidades regimentais, seja consignado na Ata dos trabalhos dessa_x000D_
 Sessão, VOTOS DE PESAR pelo falecimento do Sr ABELARDO JOSE DE LIMA, no Município de Surubim</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/49/req._n_054.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/49/req._n_054.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra._x000D_
 ANA CÉLIA CABRAL DE FARIAS, PREFEITA e a Secretária de infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem o calçamento da Rua EDILMA DE LUCENA, no bairro São Sebastião, no Município de Surubim.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/50/req._n_056.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/50/req._n_056.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo ao Exma. Sr.°_x000D_
 ANA CÉLIA CABRAL DE FARIAS, Prefeita, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem o calçamento RUA FRANCISCO MANOEL DE ARRUDA, no Loteamento José Maria, rua de Paulo_x000D_
 Sérgio Recepções, no Município de Surubim.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/51/req._n_057.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/51/req._n_057.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.a ANA CÉLIA CABRAL DE FARIAS, Prefeita, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas viabilizarem o calçamento da Rua: PADRE MÁRIO LEITÃO, Por trás do Posto Jucazinho, no Município de Surubim.</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/52/req._n_058.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/52/req._n_058.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e ao Secretário de Saúde, Sr. THYAGO BELO PEDROSA, para que envidem esforços para encaminhar ao Ministério da Saúde o Projeto implantado um CEO (centro de especialidades Odontológico) tipo 1 em nossa Cidade, no Município de Surubim.</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas viabilizarem a complementação do calçamento da Rua RAFAEL SOARES, no Bairro São Sebastião, no Município de Surubim.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/54/req._n_060.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/54/req._n_060.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa,  ouvido o Plenário e obedecidas às formalidades regimentais, seja consignado na Ata dos trabalhos dessa Sessão, VOTOS DE PESAR pelo falecimento do Sr. JOÃO PAULO GUERRA, no Município de Surubim.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/55/req._n_061.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/55/req._n_061.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Ex.a Sr.a ANA CÉLIA CABRAL DE FARIAS, PREFEITA e a Secretária de Infraestrutura e Controle Urbanos, Sr.° ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas viabilizarem o calçamento da Rua: VICENTE CABRAL DA SILVA, no Município de Surubim.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Véia de Aprígio</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/56/req._n_062.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/56/req._n_062.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas as formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para juntas, viabilizarem a ampliação do Cemitério do Mimoso, no Município de Surubim.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas as formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem o Calçamento da Ladeira do Mimoso, saindo da Capela da Comunidade do Mimoso até a propriedade de "Dito Jeans, no Município de Surubim.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/58/req._n_064.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/58/req._n_064.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr." ANA CÉLIA CABRAL DE FARIAS,_x000D_
 PREFEITA a Secretária de Infraestrutura e Controle Urbano, Sr.° ANA PAULA DE ASSIS DA MOTA BARBOSA e a Secretária de Educação e Cultura Sr.°_x000D_
 AUCIMERE SILVA DE PAULA para juntas, viabilizarem a construção de um Parque Infantil para a Escola local na Comunidade do CAI-AI, no Município de Surubim.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/59/req._n_065.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/59/req._n_065.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem o calçamento da Rua NOBERTO PESSOA DE ANDRADE, Loteamento maracajá, no Município de Surubim.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/60/req._n_066.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/60/req._n_066.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e a Secretária de Infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, рага viabilizarem calçamento da Rua VANDERLAN DA SILVA, Loteamento São Tirso II, no Bairro Santo Antônio, Município de Surubim.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/61/req._n_024.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/61/req._n_024.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o Plenário e cumpridas as formalidades regimentais seja consignado na Ata dos trabalhos da presente Sessão, VOTOS DE APLAUSOS para a Secretária de Defesa Social (SDS) em nosso Município, pela iniciativa e realização da pintura de sinalização horizontal nas principais ruas do centro de nossa cidade, melhorando assim o trânsito e beneficiando a passagem dos pedestres.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA e a Secretária de infraestrutura e Controle Urbano, Sra. ANA PAULA DE ASSIS DA MOTA BARBOSA, para viabilizarem o calçamento da Rua ANTÔNIO FAUSTINO BARBOSA, no bairro São Sebastião, no Município de Surubim.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.ª ANA CÉLIA CABRAL DE FARIAS, PREFEITA ao Secretário de Desenvolvimento Agrário e Econômico SR. DENNY LAPENDA FAGUNDES, para juntos, viabilizarem a conclusão da instalação das partes elétricas e da caixa d’água do poço artesiano na Comunidade do Sitio Riachão na zona Rural com vazão de 1.800 litros por hora este poço irá beneficiar cerca de 40 famílias.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sr.ª ANA CÉLIA CABRAL DE FARIAS, PREFEITA e ao Secretário de Desenvolvimento Agrário e Econômico SR. DENNY LAPENDA FAGUNDES, para juntos, viabilizarem	a inclusão das 15 famílias de agricultores da Comunidade do Sítio CAÍ-AÍ no PROGRAMA TERRA PRONTA da Prefeitura Municipal de Surubim, neste Município.</t>
   </si>
   <si>
     <t>72</t>
   </si>
@@ -1045,2190 +1045,2190 @@
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA, e o Secretário de Infraestrutura e Serviços Públicos, Sr. DAVI DE MAGALHÃES NASCIMENTO, para juntos viabilizarem o calçamento da Rua: ANTÔNIO GALDINO DO NASCIMENTO, no Bairro São José, por trás do SESC Ler, no Município de Surubim.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA o Secretário de Infraestrutura e Serviços Públicos, Sr. DAVI DE MAGALHÃES NASCIMENTO, para juntos viabilizarem a reforma da Praça São Marcelino Champagnat, (Praça das Bandeiras) no Bairro São José, no Município de Surubim.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Nailton do Jucá</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/355/req._n_114.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/355/req._n_114.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa, ouvido a plenário e obedecidas as formalidades regimentais, seja feito veemente apelo a Sr. Ana Célia Cabral de Farias e ao secretário de infraestrutura Davi de Magalhães de Nascimento para juntos viabilizarem o calçamento da rua Raimunda Maria da Conceição, São Tirso II, no munícipio de Surubim- PE.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/356/req._n_115.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/356/req._n_115.2024.pdf</t>
   </si>
   <si>
     <t>Voto de aplauso ao Sr José Inácio da Silva</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas as formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA e o Secretário de Infraestrutura e Serviços Públicos, Sr. DAVI DE MAGALHÃES NASCIMENTO, para juntos, viabilizarem a recuperação das estradas de Surubim a Cheús como também Tamanduá ao Gangungo, e Piões ,  no Município de Surubim.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas as formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA e o Secretário de Infraestrutura e Serviços Públicos, Sr. DAVI DE MAGALHÃES NASCIMENTO, para juntos, viabilizarem a recuperação da ponte do Gangungo, próximo a Amaral, no Município de Surubim.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Requeiro à Mesa, ouvido o Plenário e obedecidas às formalidades regimentais, seja feito veemente apelo a Exma. Sra. ANA CÉLIA CABRAL DE FARIAS, PREFEITA e a Secretária de Infraestrutura e Serviços Públicos, o Sr. DAVI D. MAGALHÃES NASCIMENTO, para viabilizarem o Calçamento da RUA: ODILON BARBOSA, no bairro de São José, no Município de Surubim.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/357/req._n_119.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/357/req._n_119.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua André Vicente do Nascimento</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Viabilização a manutenção com pissarramento da estrada do Sitio Mocotó</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/360/req._n_121.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/360/req._n_121.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização a manutenção das ruas: João Dário da Mota e Manoel de Souza</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/359/req._n_122.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/359/req._n_122.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento Rua José Francisco Ferreira, loteamento São Tirso III</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/358/req._n_123.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/358/req._n_123.2024.pdf</t>
   </si>
   <si>
     <t>Votos de pesar pelo falecimento da Sra Marlene Rafael Arruda Silva</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/364/req._n_124.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/364/req._n_124.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização de calçamento da Rua Severina Araújo da Silva</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/363/req._n_125.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/363/req._n_125.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da Rua Maria de Lourdes Magalhães</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Viabilização do calçamento Rua José Geraldo de Amorim</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/365/req._n_128.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/365/req._n_128.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização o calçamento da Rua Frei Ibiapina</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/366/req._n_129.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/366/req._n_129.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização de larvicidas para o combate da dengue</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Viabilizarem o calçamento da rua maranata</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Votos de pesar pelo falecimento de Severino Soares do Nascimento</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>votos de aplausos a rádio Surubim FM</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Viabilizar a manutenção das ruas (passando a máquina) no loteamento São Sebastião, no município de Surubim</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/334/req._n_136.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/334/req._n_136.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da ladeira do desterro</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/335/req._n_137.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/335/req._n_137.2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa voto de apalusos a parceria do deputado estadual Rodrigo Farias com a ALEP CUIDA e a secretária de saúde do munícipio de Surubim- PE</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/336/req._n_138.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/336/req._n_138.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da Rua José Gomes Filho</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/337/req._n_139.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/337/req._n_139.2024.pdf</t>
   </si>
   <si>
     <t>providencie a construção de duas lombadas eletrônicas na PE Evandro Cavalcanti, próximo a vila Luis.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/338/req._n_140.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/338/req._n_140.2024.pdf</t>
   </si>
   <si>
     <t>Votos de pesar pelo falecimento de Antônio Arruda do Nascimento</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/339/req._n_141.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/339/req._n_141.2024.pdf</t>
   </si>
   <si>
     <t>Votos de aplausos a cordenadora da cliníca de fisioterapia, Maria Eduarda Souza Rodrigues Leal Correa</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/340/req._n_142.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/340/req._n_142.2024.pdf</t>
   </si>
   <si>
     <t>Providênciar lombada eletrônica vertical na rodovia PE 90 especificamente no trecho que fica entre o posto de combustível Maracajá e o Detran, no município.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/341/req._n_143.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/341/req._n_143.2024.pdf</t>
   </si>
   <si>
     <t>Votos de aplausos pela entrega do aparelho radiológico digital na UPA DO COQUEIRO</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/342/req._n_144.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/342/req._n_144.2024.pdf</t>
   </si>
   <si>
     <t>VOTOS DE PESAR PELO FALECIMENTO DO Sr. SEVERINO VICENTE DA SILVA</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/367/req._n_145.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/367/req._n_145.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização a manutenção das ruas Nilson da mota, e Otaviano Francisco</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/374/req._n_146.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/374/req._n_146.2024.pdf</t>
   </si>
   <si>
     <t>Votos de aplausos pelos 22 anos de rádio POP FM</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/373/req._n_147.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/373/req._n_147.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização de reativação da iluminação do campo de futebol da Chã do Marinheiro</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/372/req._n_148.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/372/req._n_148.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento  da rua Ismenia Oliveira de Andrade</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/371/req._n_149.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/371/req._n_149.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização o calçamento da Rua José pereira da Silva</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/370/req._n_150.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/370/req._n_150.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua Claúdio Coutinho</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/369/req._n_151.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/369/req._n_151.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do Calçamento da rua Iracema da Silva Arruda.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/368/req._n_152.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/368/req._n_152.2024.pdf</t>
   </si>
   <si>
     <t>Votos de aplausos a prefeita, por o chamamento de 17 agentes de saúde.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/343/req._n_154.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/343/req._n_154.2024.pdf</t>
   </si>
   <si>
     <t>Nomear o Dr. Vinicius Farias Santana, o PSF da Tiririca, município de Surubim-PE.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/344/req._n_155.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/344/req._n_155.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização de calçamento da rua João Figueira Rocha, Bairro São José, no munícipio de Surubim-PE.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/345/req._n_156.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/345/req._n_156.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua Thiago José Albuquerque na descida do varejão, Bairro Santo Ântonio, no Munícipio de Surubim.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/346/req._n_157.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/346/req._n_157.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizarem o calçamento da rua Manoel Francisco de Arruda, no loteamento José Maria, no Município de Surubim.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua dos Luiz</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/348/req._n_159.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/348/req._n_159.2024.pdf</t>
   </si>
   <si>
     <t>Voto de aplausos ao Sr. José Vagner Barbosa de Lima enfermeiro Surubiense convocado pela força nacional do SUS para prestar serviços as vitímas da enchente no RS</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/349/req._n_160.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/349/req._n_160.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da estrada do mocotó que da acesso a igreja Nossa Senhora da Conceição, no munícipio de Surubim-PE.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Viabilizarem contrução das duas passsagens molhadas no sitío pilões de cima</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/351/req._n_162.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/351/req._n_162.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizarem o piçarramento no sítio Pilões de cima e Pilões de baixo.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/352/req._n_163.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/352/req._n_163.2024.pdf</t>
   </si>
   <si>
     <t>Calçamento da rua Florípes da Silva Bahé</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/353/req._n_164.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/353/req._n_164.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o recapeamento da avenida Surubim, lagoa da vaca.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/354/req._n_165.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/354/req._n_165.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua José Pereira da Silva, Bairro coqueiro.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/375/req._n_166.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/375/req._n_166.2024.pdf</t>
   </si>
   <si>
     <t>Providenciar uma passarela próximo, ao semáforo em frente ao posto de combustível.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/376/req._n_168.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/376/req._n_168.2024.pdf</t>
   </si>
   <si>
     <t>Votos de pesar pelo falecimento do advogado, DR Alex.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/377/req._n_170.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/377/req._n_170.2024.pdf</t>
   </si>
   <si>
     <t>Requerimento referente a viabilização do completo do Loteamento J. Galdino, no município de Surubim</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/378/req._n_171.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/378/req._n_171.2024.pdf</t>
   </si>
   <si>
     <t>Voto de repúdio, pela intervenção do governo Estadual na empresa dos transportes públicos que serve a educação do nosso município SPLEND TUR</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/379/req._n_172.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/379/req._n_172.2024.pdf</t>
   </si>
   <si>
     <t>viabilização do calçamento da rua José Hilton Bezerra</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/380/req._n_173.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/380/req._n_173.2024.pdf</t>
   </si>
   <si>
     <t>Calçamento da Rua Otaviano Francisco dos Santos</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/381/req._n_174.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/381/req._n_174.2024.pdf</t>
   </si>
   <si>
     <t>Votos de Pesar pelo falecimento da Enfermeira, SRa° Bruna Cabral Guerra</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/382/req._n_175.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/382/req._n_175.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento das ruas José Alberto de lima e Manoel José de Lima</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/383/req._n_176.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/383/req._n_176.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização dos asfaltos da rua Travessa José Alberto de Lima</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/390/req._n_177.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/390/req._n_177.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização da abertura de rua Manuel  Ruano, Bairro Coqueiro, no município de Surubim.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/385/req._178.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/385/req._178.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização da rua Nilson da Mota Silveira</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/387/req._n_179.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/387/req._n_179.2024.pdf</t>
   </si>
   <si>
     <t>Implantação da caixa da água no Loteamento Dorgival Leal II, Bairro Coqueiro em Surubim</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/386/req._n_180.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/386/req._n_180.2024.pdf</t>
   </si>
   <si>
     <t>Votos de pesar pelo falecimento do Sr José Antônio Barbosa, no município de Surubim.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/384/req._n_181.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/384/req._n_181.2024.pdf</t>
   </si>
   <si>
     <t>Votos de aplausos a comissão da festa de nossa senhora de Fátima da estação experimental</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/391/req._n_183.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/391/req._n_183.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização a limpeza e capinação no Cemitério do Sítio Bateria, em Surubim.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua João Francisco da Costa</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Votos de aplausos pela inauguração do Centro de Educação Infantil</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/392/req._n_188.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/392/req._n_188.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização de calçamento da rua Maria José Lucena</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/398/req._n_189.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/398/req._n_189.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização de reforma de escola municipal, Maria Izabel no Bairro Coqueiro</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/393/req._n_190.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/393/req._n_190.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização da rua Maria José de Lourdes R. do Nascimento.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/394/req._n_191.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/394/req._n_191.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da praça em frente e ao lado da capela do Sítio Cazés</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>Viabilizarem a reforma interna e externa do mercado público</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/396/req._n_193.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/396/req._n_193.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua José Joaquim Duda</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/397/req._n_194.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/397/req._n_194.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização de asfalto da rua professora José Ribeiro, Bairro São José</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/399/req._n_196.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/399/req._n_196.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua Margarida Barbosa de Souza</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/400/req._n_200.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/400/req._n_200.2024.pdf</t>
   </si>
   <si>
     <t>votos de pesar pelo falecimento Sr. Manoel Paulino da Silva</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/401/req._n_201.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/401/req._n_201.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização de piçarramento, começando no bairro bela vista (Salgado) até a comunidade do Cazés.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/402/req._n_202.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/402/req._n_202.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua Admilson Feliciano de Barros, no bairro são Sebastião.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/403/req._n_203.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/403/req._n_203.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar os asfaltos da ruas: B, C e H no Bairro Bela Vista (Salgado).</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/404/req._n_205.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/404/req._n_205.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do Calçamento Rua José Queiroz de Aguiar</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/405/req._n_206.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/405/req._n_206.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do Complemento do calçamento da Rua Manoel Aureliano Mateus</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/406/req._n_207.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/406/req._n_207.2024.pdf</t>
   </si>
   <si>
     <t>Calçamento da da Rua Amâncio da Costa Nunes, Bairro São Sebastião, primeira rua do posto Jucazinho no município de Surubim.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/407/req._n_209.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/407/req._n_209.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização pra abertura das ruas do Loteamento Tirso, no município de Surubim.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/408/req._n_210.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/408/req._n_210.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua Janaína Pereira de Arruda</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/409/req._n_211.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/409/req._n_211.2024.pdf</t>
   </si>
   <si>
     <t>Votos de pesar pelo falecimento Sr. José Vito de Oliveira</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/410/req._n_212.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/410/req._n_212.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da Rua José Milton Pereira</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/411/req._n_215.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/411/req._n_215.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da Rua José Bezerra de Sales</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/412/req._n_216.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/412/req._n_216.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar a implantação "Saúde Dia e Noite" na UBS Unidade básica de Saúde do Bairro Bela Vista.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/413/req._n_217.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/413/req._n_217.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua Sebastião Vicente de Lima</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/414/req._n_218.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/414/req._n_218.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento Antônio Gomes Martins, Loteamento Baraúnas, no município de Baraúnas.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/416/req._n_219.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/416/req._n_219.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da Rua José Barbosa Tavares</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/415/req._n_220.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/415/req._n_220.2024.pdf</t>
   </si>
   <si>
     <t>Solicitar a requalificação da ponte que fica em divisa com municípios de Surubim e Casinhas na Rodovia PE 102, conhecida como aa segunda ponte da bueira fedorenta.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/418/req._n_222.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/418/req._n_222.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do Complemento do calçamento  da rua Antônio Martins Leal</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/419/req._n_223.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/419/req._n_223.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização o complemento do calçamento da Rua Severina Maria da Conceição, Loteamento J. Galdino, no Município de Surubim.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/420/req._n_224.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/420/req._n_224.2024.pdf</t>
   </si>
   <si>
     <t>Implantação do posto dos correios na comunidade de Lagoa Nova, Cases e Doquinha no Município de Surubim.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/421/req._n_225.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/421/req._n_225.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua da entrada que liga Evandro Cavalcanti até onde já está calçado no sítio loteiro.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/422/req._n_226.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/422/req._n_226.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua Teresinha Joaquina</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/423/req._n_227.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/423/req._n_227.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização da Implantação dos Comedouros e Bebedouros para cães e gatos nos bairros do município de Surubim.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/424/req._n_228.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/424/req._n_228.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do estudo técnico preliminar, tendo como base a possibilidade de uma via de mão única.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/425/req._n_229.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/425/req._n_229.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua Manoel Francisco de Arruda</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/426/req._n_230.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/426/req._n_230.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua São Luiz, bairro da Chã do Marinheiro.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/427/req._n_231.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/427/req._n_231.2024.pdf</t>
   </si>
   <si>
     <t>Votos de Aplauso pela recuperação das passagens molhadas,  reforma escolar e asfalto do Bairro Bela Vista (Salgado).</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/428/req._n_232.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/428/req._n_232.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização da casa de apoio na cidade do Recife-PE.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/429/req._n_233.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/429/req._n_233.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua Aline Guedes Guerra até os condomínios minha casa, minha vida, no município de Surubim.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/444/req._n_234.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/444/req._n_234.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua: Firmina Maria da conceição</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/445/req._n_235.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/445/req._n_235.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua: Ismenia Oliveira de Andrade</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/446/req._n_236.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/446/req._n_236.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar a construção de uma praça na comunidade do Gancho do Galo.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/447/req._n_237.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/447/req._n_237.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua: Ladeira da Beata, em Lagoa Queimada.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/443/req._n_238.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/443/req._n_238.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar com máxima urgência um abrigo para os animais: Cães e gatos.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/442/req._n_239.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/442/req._n_239.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar um cadastro para que os protetores de animais da nossa cidade de cães e gatos de no mínimo 10 animais recebam um auxílio para os custos com os animais.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>Viabilizar convocação dos agentes de Endemias que estão no cadastro reserva, no município de Surubim.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/440/req._n_241.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/440/req._n_241.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua: Severino Cardoso</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/439/req._n_242.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/439/req._n_242.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua: André Vicente do Nascimento</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/438/req._n_243.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/438/req._n_243.2024.pdf</t>
   </si>
   <si>
     <t>Votos de pesar ao Sr. João Marcelo de Arruda</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/437/req._n_244.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/437/req._n_244.2024.pdf</t>
   </si>
   <si>
     <t>Votos de pesar ao Sr. Reginaldo da Silva Pereira</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/436/req._n_245.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/436/req._n_245.2024.pdf</t>
   </si>
   <si>
     <t>Votos de pesar a Luzinete Maria dos Santos</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/435/req._n_246.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/435/req._n_246.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua: Iracema da Silva Arruda</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/434/req._n_247.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/434/req._n_247.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua: Severino Isabel de Medeiros, no Centro do município de Surubim.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/433/req._n_248.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/433/req._n_248.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização de calçamento da rua Wandemberg Souza da Silva , bairro Bela Vista</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/448/req._n_249.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/448/req._n_249.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento José Pereira da Silva</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/432/req._n_250.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/432/req._n_250.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização de Asfalto começando da rua Thiago José de Albuquerque</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/449/req._n_251.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/449/req._n_251.2024.pdf</t>
   </si>
   <si>
     <t>Para que o executivo remeta um projeto de lei ao legislativo, criando redução de impostos cobrados  pelo município.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/450/req._n_252.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/450/req._n_252.2024.pdf</t>
   </si>
   <si>
     <t>Solicita a viabilizarem os agentes de trânsitos até as proximidades da escola Severino Farias no horário da entrada e saída dos estudantes no munícipio.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/451/req._n_253.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/451/req._n_253.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar a proibição de fogos, queimas e manuseio de fogos de artifício, no munícipio de Surubim.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/452/req._n_254.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/452/req._n_254.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua José Gomes Filho, Loteamento J. Galdino, no munícipio de Surubim.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/453/req._n_257.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/453/req._n_257.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua: Eduarda Maria, Loteamento São Tirso, no munícipio de Surubim.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/454/req._n_259.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/454/req._n_259.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização de uma praça na vila, Cecília Nobrega, no munícipio de Surubim.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/455/req._n_260.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/455/req._n_260.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do asfalto da rua: Estrela Mota</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/456/req._n_261.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/456/req._n_261.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do asfalto da rua: Sargento Arthur de Amaro de Araújo.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/457/req._n_262.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/457/req._n_262.2024.pdf</t>
   </si>
   <si>
     <t>Votos de pear pelo falecimento Antônio Pereira da Silva</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/458/req._n_263.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/458/req._n_263.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar a reforma da praça Nossa Senhora do Carmo</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/459/req._n_264.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/459/req._n_264.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua: Pedro Marinho da Silva</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/460/req._n_265.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/460/req._n_265.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar asfalto da rua Gilberto Xavier de Sousa</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/461/req._n_266.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/461/req._n_266.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua: José Alves Souza Filho</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/462/req._n_267.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/462/req._n_267.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua: Florípes da Silva Bahé</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/463/req._n_269.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/463/req._n_269.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar uma casa de acolhimento para crianças e adolescentes  em estado de abandono do município.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/464/req._n_270.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/464/req._n_270.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua: que liga o bairro chã do marinheiro ao povoado chã do couve.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/465/req._n_271.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/465/req._n_271.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua: Maria Trindade Guerra</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/467/req._n_274.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/467/req._n_274.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar a passagem molhada da rua Marcelino Alves do Nascimento.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/466/req._n_275.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/466/req._n_275.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o piçarramento do Sítio desterro ao sítio mimoso.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/468/req._n_277.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/468/req._n_277.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua principal do Sítio Cazés, no município de Surubim.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/469/req._n_278.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/469/req._n_278.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da lade8ira que dá acesso a comunidade Dedé de França.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>Viabilizar a contratação de um médico urologista, para integrar a equipe saúde da família.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/471/req._n_281.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/471/req._n_281.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua Taurino Francisco de Araújo.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/472/req._n_282.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/472/req._n_282.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento Irineu Cordeiro de Arruda</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/473/req._n_283.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/473/req._n_283.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o piçarramento, na comunidade barra da onça.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/474/req._n_284.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/474/req._n_284.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o asfalto da rua Lúcio Oliveira dos Anjos</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/475/req._n_285.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/475/req._n_285.2024.pdf</t>
   </si>
   <si>
     <t>Viabilização complementação do calçamento da rua Rafael Soares</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Irmão Davino</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/476/req._n_286.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/476/req._n_286.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar a construção de banheiro no cemitério São Jorge e São José</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Valda</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/477/req._n_287.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/477/req._n_287.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar um grupo de profissionais para palestrar nas escolas em prol da conscientização da causa animal</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/478/req._n_288.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/478/req._n_288.2024.pdf</t>
   </si>
   <si>
     <t>Calçamento da rua Manoel Brás de Souza</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/479/req._n_289.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/479/req._n_289.2024.pdf</t>
   </si>
   <si>
     <t>Calçamento do povoado da empoeiras, bairro coqueiro, no munícipio de Surubim.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/480/req._n_299.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/480/req._n_299.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar a reforma da praça Chico Xavier</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/481/req._n_291.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/481/req._n_291.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar a Construção de uma quadra para a prática de Vôlei de areia e Futevôlei, na praça ao lado da Escola Oliveiros, no município de Surubim.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/482/req._n_292.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/482/req._n_292.2024.pdf</t>
   </si>
   <si>
     <t>Criação de um centro recreativo e educacional com cursos profisionalizantes</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/483/req._n_293.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/483/req._n_293.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua Odilon Barbosa</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/484/req._n_294.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/484/req._n_294.2024.pdf</t>
   </si>
   <si>
     <t>Complemento do calçamento da rua Amaro Amorim de Almeida, Bairro São José, no município de Surubim.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/485/req._n_295.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/485/req._n_295.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua dos Mateus.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/486/req._n_296.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/486/req._n_296.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento do Pátio da igreja Nossa Senhora das Dores.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/487/req._n_297.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/487/req._n_297.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua: Manoel Miguel Cabral, ,loteamento lagoa nova.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua Aurora Josefa de Arruda.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/488/req._n_299.2024.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/488/req._n_299.2024.pdf</t>
   </si>
   <si>
     <t>Viabilizar o calçamento da rua Severino Carlos de Arruda.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/490/requerimento_300.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/490/requerimento_300.pdf</t>
   </si>
   <si>
     <t>Viabilizar um projeto de acessibilidade e desobstrução das calçadas públicas</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/491/requerimento_301.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/491/requerimento_301.pdf</t>
   </si>
   <si>
     <t>Viabilizar o asfalto da rua I da Cohab II</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/493/requerimento_302.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/493/requerimento_302.pdf</t>
   </si>
   <si>
     <t>Disponibilizar um técnico de saúde nas academias de saúde</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/513/req_303.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/513/req_303.pdf</t>
   </si>
   <si>
     <t>Viabilizar construção do calçamento da rua Josefa Chagas dos Santos, no município de Surubim.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/492/requerimento_304.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/492/requerimento_304.pdf</t>
   </si>
   <si>
     <t>Viabilização da construção de uma creche municipal</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/505/requerimento_305.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/505/requerimento_305.pdf</t>
   </si>
   <si>
     <t>Viabilizar a implantação do ponto de apoio dos correios.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/506/requerimento_306.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/506/requerimento_306.pdf</t>
   </si>
   <si>
     <t>Viabilizar mais implantação de lata de coleta de lixos e caçambas</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/507/requerimento_307.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/507/requerimento_307.pdf</t>
   </si>
   <si>
     <t>Viabilizar providências urgentes referente ao transporte público para os estudantes que se deslocam de Surubim para a universidade de Pernambuco (UPE) em Nazaré da Mata.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/508/requerimento_308.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/508/requerimento_308.pdf</t>
   </si>
   <si>
     <t>Viabilizar a manutenção, utilizando a máquina, para juntos viabilizar a manutenção (passando a máquina).</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/509/requerimento_309.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/509/requerimento_309.pdf</t>
   </si>
   <si>
     <t>Calçamento da rua Maria Terezinha de Andrade, no Alto da Amizade.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/510/requerimento_310.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/510/requerimento_310.pdf</t>
   </si>
   <si>
     <t>Viabilizar a construção do calçamento e de uma praça, em frente a uma capela do sítio lagoa de ouro.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/496/requerimento_311.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/496/requerimento_311.pdf</t>
   </si>
   <si>
     <t>Viabilizar construção do calçamento e uma praça, em frente a capela do Sítio Cazés, no município de Surubim.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/495/requerimento_312.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/495/requerimento_312.pdf</t>
   </si>
   <si>
     <t>Calçamento da rua Amara Amorim Almeida</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/494/requerimento_314.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/494/requerimento_314.pdf</t>
   </si>
   <si>
     <t>Votos de aplauso</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/497/requerimento_315.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/497/requerimento_315.pdf</t>
   </si>
   <si>
     <t>Viabilizar um estudo técnico preliminar, tendo como base a castração dos cachorros de rua, no munícipio de Surubim.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/498/requerimento_316.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/498/requerimento_316.pdf</t>
   </si>
   <si>
     <t>Viabilizar a possibilidade de fazer um convênio com uma rede oftalmológica, para implantar um programa nas escolas públicas do município de Surubim.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/499/requerimento_317.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/499/requerimento_317.pdf</t>
   </si>
   <si>
     <t>Viabilizar a passagem do final da rua: Sargento Artur até o conjunto residencial José de Souza Barbosa.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/500/requerimento_318.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/500/requerimento_318.pdf</t>
   </si>
   <si>
     <t>Providências necessárias para implantar de uma lombada eletrônica na altura da Gráfica Fonseca, localizada no trevo.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/501/requerimento_319.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/501/requerimento_319.pdf</t>
   </si>
   <si>
     <t>Requer um projeto de lei dispondo sobre a obrigatoriedade da contratação de artistas locais promovidos pela administração pública.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/502/requerimento_320.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/502/requerimento_320.pdf</t>
   </si>
   <si>
     <t>Convocação dos aprovados do concurso público do município de Surubim.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/503/requerimento_321.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/503/requerimento_321.pdf</t>
   </si>
   <si>
     <t>Viabilizar recursos para a instalação dos serviços de maternidade, do município de Surubim.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/504/requerimento_322.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/504/requerimento_322.pdf</t>
   </si>
   <si>
     <t>Viabilizar a instalação das Câmaras de monitoramento em ponto estratégicos.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/512/323.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/512/323.pdf</t>
   </si>
   <si>
     <t>Viabilização do calçamento da rua Padre Mário Leitão</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_emenda_n_01.2024_a_lei_organica_do_municipio_de_surubim.pe.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_emenda_n_01.2024_a_lei_organica_do_municipio_de_surubim.pe.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 96-A da Lei Orgânica do Município de Surubim, que institui o Orçamento Impositivo e dispõe sobre a execução orçamentária e financeira da programação incluída por emendas Municipal individuais do Legislativo Municipal em Lei Orçamentária Anual.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3535,68 +3535,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_do_legislativo_n_07.2024_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/163/projeto_no_009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_n_055.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_lei_n_058.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_n_054.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei_n_05.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_n_06.2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/324/projeto_de_lei_n_08.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/325/projeto_de_lei_n_09.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_lei_n_010.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/327/projeto_de_lei_n_011.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/3/req._n_003.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/4/req._n_004.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/5/req._n_005.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/6/req._n_006.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/7/req._n_007.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/12/req._n_012.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/13/req._n_013.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/14/req._n_014.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/15/req._n_015.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/16/req._n016.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/17/req._n_017.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/18/req._n_018.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/19/req._n_019.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/20/req._n_020.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/21/req._n_023.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/22/req._n_025.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/23/req._n_026.2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/24/req._n_027.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/25/req._n_028.2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/26/req._n_030.2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/27/req._n_031.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/28/req._n_032.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/29/req._n_034.2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/30/req._n_036.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/31/req._n_036.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/32/req._n_037.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/33/req._n_038.2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/34/req._n_039.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/35/req._n_040.2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/36/req._n_041.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/37/req._n_042.2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/38/req._n_043.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/39/req._n_044.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/40/req._n_045.2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/41/req._n_046.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/43/req._n_047.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/44/req._n_049.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/45/req._n_050.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/46/req._n_051.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/47/req._n_052.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/48/req._n_053.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/49/req._n_054.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/50/req._n_056.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/51/req._n_057.2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/52/req._n_058.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/54/req._n_060.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/55/req._n_061.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/56/req._n_062.2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/58/req._n_064.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/59/req._n_065.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/60/req._n_066.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/61/req._n_024.2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/355/req._n_114.2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/356/req._n_115.2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/357/req._n_119.2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/360/req._n_121.2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/359/req._n_122.2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/358/req._n_123.2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/364/req._n_124.2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/363/req._n_125.2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/365/req._n_128.2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/366/req._n_129.2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/334/req._n_136.2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/335/req._n_137.2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/336/req._n_138.2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/337/req._n_139.2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/338/req._n_140.2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/339/req._n_141.2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/340/req._n_142.2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/341/req._n_143.2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/342/req._n_144.2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/367/req._n_145.2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/374/req._n_146.2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/373/req._n_147.2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/372/req._n_148.2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/371/req._n_149.2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/370/req._n_150.2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/369/req._n_151.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/368/req._n_152.2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/343/req._n_154.2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/344/req._n_155.2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/345/req._n_156.2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/346/req._n_157.2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/348/req._n_159.2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/349/req._n_160.2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/351/req._n_162.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/352/req._n_163.2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/353/req._n_164.2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/354/req._n_165.2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/375/req._n_166.2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/376/req._n_168.2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/377/req._n_170.2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/378/req._n_171.2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/379/req._n_172.2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/380/req._n_173.2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/381/req._n_174.2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/382/req._n_175.2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/383/req._n_176.2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/390/req._n_177.2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/385/req._178.2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/387/req._n_179.2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/386/req._n_180.2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/384/req._n_181.2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/391/req._n_183.2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/392/req._n_188.2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/398/req._n_189.2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/393/req._n_190.2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/394/req._n_191.2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/396/req._n_193.2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/397/req._n_194.2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/399/req._n_196.2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/400/req._n_200.2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/401/req._n_201.2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/402/req._n_202.2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/403/req._n_203.2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/404/req._n_205.2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/405/req._n_206.2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/406/req._n_207.2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/407/req._n_209.2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/408/req._n_210.2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/409/req._n_211.2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/410/req._n_212.2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/411/req._n_215.2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/412/req._n_216.2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/413/req._n_217.2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/414/req._n_218.2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/416/req._n_219.2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/415/req._n_220.2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/418/req._n_222.2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/419/req._n_223.2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/420/req._n_224.2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/421/req._n_225.2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/422/req._n_226.2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/423/req._n_227.2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/424/req._n_228.2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/425/req._n_229.2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/426/req._n_230.2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/427/req._n_231.2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/428/req._n_232.2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/429/req._n_233.2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/444/req._n_234.2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/445/req._n_235.2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/446/req._n_236.2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/447/req._n_237.2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/443/req._n_238.2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/442/req._n_239.2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/440/req._n_241.2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/439/req._n_242.2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/438/req._n_243.2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/437/req._n_244.2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/436/req._n_245.2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/435/req._n_246.2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/434/req._n_247.2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/433/req._n_248.2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/448/req._n_249.2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/432/req._n_250.2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/449/req._n_251.2024.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/450/req._n_252.2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/451/req._n_253.2024.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/452/req._n_254.2024.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/453/req._n_257.2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/454/req._n_259.2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/455/req._n_260.2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/456/req._n_261.2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/457/req._n_262.2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/458/req._n_263.2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/459/req._n_264.2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/460/req._n_265.2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/461/req._n_266.2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/462/req._n_267.2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/463/req._n_269.2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/464/req._n_270.2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/465/req._n_271.2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/467/req._n_274.2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/466/req._n_275.2024.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/468/req._n_277.2024.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/469/req._n_278.2024.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/471/req._n_281.2024.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/472/req._n_282.2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/473/req._n_283.2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/474/req._n_284.2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/475/req._n_285.2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/476/req._n_286.2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/477/req._n_287.2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/478/req._n_288.2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/479/req._n_289.2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/480/req._n_299.2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/481/req._n_291.2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/482/req._n_292.2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/483/req._n_293.2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/484/req._n_294.2024.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/485/req._n_295.2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/486/req._n_296.2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/487/req._n_297.2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/488/req._n_299.2024.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/490/requerimento_300.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/491/requerimento_301.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/493/requerimento_302.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/513/req_303.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/492/requerimento_304.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/505/requerimento_305.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/506/requerimento_306.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/507/requerimento_307.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/508/requerimento_308.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/509/requerimento_309.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/510/requerimento_310.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/496/requerimento_311.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/495/requerimento_312.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/494/requerimento_314.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/497/requerimento_315.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/498/requerimento_316.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/499/requerimento_317.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/500/requerimento_318.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/501/requerimento_319.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/502/requerimento_320.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/503/requerimento_321.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/504/requerimento_322.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/512/323.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_emenda_n_01.2024_a_lei_organica_do_municipio_de_surubim.pe.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/511/projeto_de_lei_do_legislativo_n_07.2024_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/163/projeto_no_009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/431/projeto_de_lei_n_055.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/430/projeto_de_lei_n_058.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/417/projeto_de_lei_n_054.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei_n_05.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_n_06.2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/324/projeto_de_lei_n_08.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/325/projeto_de_lei_n_09.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/326/projeto_de_lei_n_010.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/327/projeto_de_lei_n_011.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/3/req._n_003.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/4/req._n_004.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/5/req._n_005.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/6/req._n_006.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/7/req._n_007.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/12/req._n_012.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/13/req._n_013.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/14/req._n_014.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/15/req._n_015.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/16/req._n016.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/17/req._n_017.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/18/req._n_018.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/19/req._n_019.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/20/req._n_020.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/21/req._n_023.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/22/req._n_025.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/23/req._n_026.2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/24/req._n_027.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/25/req._n_028.2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/26/req._n_030.2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/27/req._n_031.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/28/req._n_032.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/29/req._n_034.2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/30/req._n_036.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/31/req._n_036.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/32/req._n_037.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/33/req._n_038.2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/34/req._n_039.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/35/req._n_040.2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/36/req._n_041.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/37/req._n_042.2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/38/req._n_043.2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/39/req._n_044.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/40/req._n_045.2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/41/req._n_046.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/43/req._n_047.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/44/req._n_049.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/45/req._n_050.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/46/req._n_051.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/47/req._n_052.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/48/req._n_053.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/49/req._n_054.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/50/req._n_056.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/51/req._n_057.2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/52/req._n_058.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/54/req._n_060.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/55/req._n_061.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/56/req._n_062.2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/58/req._n_064.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/59/req._n_065.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/60/req._n_066.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/61/req._n_024.2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/355/req._n_114.2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/356/req._n_115.2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/357/req._n_119.2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/360/req._n_121.2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/359/req._n_122.2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/358/req._n_123.2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/364/req._n_124.2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/363/req._n_125.2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/365/req._n_128.2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/366/req._n_129.2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/334/req._n_136.2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/335/req._n_137.2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/336/req._n_138.2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/337/req._n_139.2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/338/req._n_140.2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/339/req._n_141.2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/340/req._n_142.2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/341/req._n_143.2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/342/req._n_144.2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/367/req._n_145.2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/374/req._n_146.2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/373/req._n_147.2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/372/req._n_148.2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/371/req._n_149.2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/370/req._n_150.2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/369/req._n_151.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/368/req._n_152.2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/343/req._n_154.2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/344/req._n_155.2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/345/req._n_156.2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/346/req._n_157.2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/348/req._n_159.2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/349/req._n_160.2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/351/req._n_162.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/352/req._n_163.2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/353/req._n_164.2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/354/req._n_165.2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/375/req._n_166.2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/376/req._n_168.2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/377/req._n_170.2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/378/req._n_171.2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/379/req._n_172.2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/380/req._n_173.2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/381/req._n_174.2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/382/req._n_175.2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/383/req._n_176.2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/390/req._n_177.2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/385/req._178.2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/387/req._n_179.2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/386/req._n_180.2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/384/req._n_181.2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/391/req._n_183.2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/392/req._n_188.2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/398/req._n_189.2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/393/req._n_190.2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/394/req._n_191.2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/396/req._n_193.2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/397/req._n_194.2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/399/req._n_196.2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/400/req._n_200.2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/401/req._n_201.2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/402/req._n_202.2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/403/req._n_203.2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/404/req._n_205.2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/405/req._n_206.2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/406/req._n_207.2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/407/req._n_209.2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/408/req._n_210.2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/409/req._n_211.2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/410/req._n_212.2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/411/req._n_215.2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/412/req._n_216.2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/413/req._n_217.2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/414/req._n_218.2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/416/req._n_219.2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/415/req._n_220.2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/418/req._n_222.2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/419/req._n_223.2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/420/req._n_224.2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/421/req._n_225.2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/422/req._n_226.2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/423/req._n_227.2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/424/req._n_228.2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/425/req._n_229.2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/426/req._n_230.2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/427/req._n_231.2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/428/req._n_232.2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/429/req._n_233.2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/444/req._n_234.2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/445/req._n_235.2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/446/req._n_236.2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/447/req._n_237.2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/443/req._n_238.2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/442/req._n_239.2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/440/req._n_241.2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/439/req._n_242.2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/438/req._n_243.2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/437/req._n_244.2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/436/req._n_245.2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/435/req._n_246.2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/434/req._n_247.2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/433/req._n_248.2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/448/req._n_249.2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/432/req._n_250.2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/449/req._n_251.2024.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/450/req._n_252.2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/451/req._n_253.2024.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/452/req._n_254.2024.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/453/req._n_257.2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/454/req._n_259.2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/455/req._n_260.2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/456/req._n_261.2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/457/req._n_262.2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/458/req._n_263.2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/459/req._n_264.2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/460/req._n_265.2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/461/req._n_266.2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/462/req._n_267.2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/463/req._n_269.2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/464/req._n_270.2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/465/req._n_271.2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/467/req._n_274.2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/466/req._n_275.2024.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/468/req._n_277.2024.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/469/req._n_278.2024.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/471/req._n_281.2024.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/472/req._n_282.2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/473/req._n_283.2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/474/req._n_284.2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/475/req._n_285.2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/476/req._n_286.2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/477/req._n_287.2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/478/req._n_288.2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/479/req._n_289.2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/480/req._n_299.2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/481/req._n_291.2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/482/req._n_292.2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/483/req._n_293.2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/484/req._n_294.2024.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/485/req._n_295.2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/486/req._n_296.2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/487/req._n_297.2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/488/req._n_299.2024.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/490/requerimento_300.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/491/requerimento_301.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/493/requerimento_302.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/513/req_303.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/492/requerimento_304.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/505/requerimento_305.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/506/requerimento_306.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/507/requerimento_307.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/508/requerimento_308.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/509/requerimento_309.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/510/requerimento_310.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/496/requerimento_311.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/495/requerimento_312.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/494/requerimento_314.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/497/requerimento_315.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/498/requerimento_316.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/499/requerimento_317.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/500/requerimento_318.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/501/requerimento_319.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/502/requerimento_320.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/503/requerimento_321.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/504/requerimento_322.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/512/323.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2024/514/projeto_de_emenda_n_01.2024_a_lei_organica_do_municipio_de_surubim.pe.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H298"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="144" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>