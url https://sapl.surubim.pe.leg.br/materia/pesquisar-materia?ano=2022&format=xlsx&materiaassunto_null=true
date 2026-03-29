--- v0 (2025-12-13)
+++ v1 (2026-03-29)
@@ -54,684 +54,684 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Bomba</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_no_001.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_no_001.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JACI MARIA CABRAL</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_no_004.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_no_004.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSEFA BARBOSA DE MELO</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_no_005.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_no_005.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA COSME SEVERINO DA SILVA</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Itamar</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_no_007.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_no_007.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ AUGUSTO SANTIAGO (ZÉ GAGO)</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Ivete do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_no_009.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_no_009.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ERONILDO GOMES DA SILVA</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_no_010.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_no_010.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ CORREIA FILHO (ZUZA)</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_no_011.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_no_011.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE PRAÇA FABIANA RAMOS DA SILVA</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_no_013.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_no_013.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ ANDRADE FILHO</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_no_014.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_no_014.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSEFA SARAIVA DE LIMA</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Matias Facção</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_no_017.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_no_017.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA LUIS FLORES DOS SANTOS</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_no_018.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_no_018.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA LUIS PEREIRA DA SILVA</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_no_020.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_no_020.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ IRINEU CABRAL</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Nailton do Jucá</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_no_021.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_no_021.pdf</t>
   </si>
   <si>
     <t>DAR-SE O NOME DE PAULO BEZERRA DE ASSIS UMA DAS ARTÉRIAS DO NOSSO MUNÍCIPIO</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>BEATRIZ GUERRA</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/</t>
+    <t>http://sapl.surubim.pe.leg.br/media/</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARIA APARECIDA COSTA HERACLIO</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Vaguinho</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/195/projeto_no_023.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/195/projeto_no_023.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ HENRRIQUE DA SILVA</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ANDRÉ ANTÔNIO FABRÍCIO</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_no_025.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_no_025.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA EVALDO JOSÉ DA FONSECA</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_no_026.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_no_026.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ANTÔNIO BENTO DA SILVA</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Anabel Negromonte</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_no_027.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_no_027.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ABILIO GOMES DA SILVA</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_no_029.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_no_029.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ALEXANDRE DE ASSIS DOS SANTOS</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_no_030.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_no_030.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA RITA MARIA SANTOS DE MELO</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_no_031.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_no_031.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA  ANTÔNIO JOSÉ DO NASCIMENTO</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_no_032.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_no_032.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA AURELIA CABRAL LEAL</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_no_033.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_no_033.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA DAMIÃO JOSÉ DE SANTANA</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_no_034.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_no_034.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA EDNA LÚCIA GUEDES BARBOSA</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_no_036.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_no_036.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA BENEDITA FRANCISCA DE ARRUDA</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_no_037.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_no_037.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA PEDRO ANTÔNIO DOS SANTOS</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_no_038.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_no_038.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARIA DA GLORIA BARBOSA</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_no_039.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_no_039.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA PAULO DA MOTA SILVEIRA</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/205/projeto_no_040.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/205/projeto_no_040.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JULIO FRANCISCO DO NASCIMENTO (PERIANO)</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/206/projeto_no_041.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/206/projeto_no_041.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ PEDRO DE LIMA</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_no_043.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_no_043.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA  SIMONE DE ARRUDA BARBOSA</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_no_044.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_no_044.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA EDNA MARIA DOS SANTOS</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_no_045.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_no_045.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ADEILSON SILVA DE PAULA</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_no_046.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_no_046.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PRIORIDADE PARA ATENDER NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS ÀS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA- TEA,</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ HERMEGINALDO DA SILVA</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_no_048.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_no_048.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARIA EDNA GOMES DE  BARROS</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_no_050.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_no_050.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ALICE MARIA MATEUS (DONA NINHA)</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_no_051.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_no_051.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ FERREIRA NETO DA SILVA</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_no_053.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_no_053.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE PRAÇA ADENILDA CABRAL LEAL</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_no_054.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_no_054.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA DIVA GUERRA BRANDÃO</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_no_055.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_no_055.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA GILVANDO GONÇALVES GUERRA</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MANOEL DE SOPUSA LEAL</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_no_057.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_no_057.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA CASSIMIRO DA SILVA (CHICO DA CASTANHA)</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_no_058.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_no_058.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA EDITE DA SILVA</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_no_059.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_no_059.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA IVANILDA MARIA  SANTOS DE LIMA</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_no_060.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_no_060.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA SEVERINO RIBEIRO DE LIMA</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_no_061.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_no_061.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ALISON NASCIMENTO DA SILVA</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_no_062.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_no_062.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARIO JOSÉ DA SILVA (ROMARINHO)</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_no_064.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_no_064.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ROBERTO JOSÉ PESSOA</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_no_065.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_no_065.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MANOEL ABILIO DE LIMA</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA PAULO SÉRGIO DA SILVA PESSOA</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_no_068.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_no_068.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ WALTER DE SOUZA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1038,68 +1038,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_no_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_no_004.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_no_005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_no_007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_no_009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_no_010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_no_011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_no_013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_no_014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_no_017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_no_018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_no_020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_no_021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/195/projeto_no_023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_no_025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_no_026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_no_027.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_no_029.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_no_030.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_no_031.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_no_032.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_no_033.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_no_034.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_no_036.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_no_037.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_no_038.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_no_039.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/205/projeto_no_040.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/206/projeto_no_041.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_no_043.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_no_044.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_no_045.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_no_046.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_no_048.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_no_050.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_no_051.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_no_053.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_no_054.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_no_055.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_no_057.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_no_058.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_no_059.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_no_060.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_no_061.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_no_062.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_no_064.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_no_065.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_no_068.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_no_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_no_004.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/198/projeto_no_005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_no_007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_no_009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_no_010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_no_011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/199/projeto_no_013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_no_014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_no_017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_no_018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_no_020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_no_021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/195/projeto_no_023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_no_025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_no_026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_no_027.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_no_029.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_no_030.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_no_031.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_no_032.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_no_033.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_no_034.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_no_036.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_no_037.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_no_038.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_no_039.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/205/projeto_no_040.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/206/projeto_no_041.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_no_043.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_no_044.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_no_045.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_no_046.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_no_048.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_no_050.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_no_051.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_no_053.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_no_054.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_no_055.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_no_057.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_no_058.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_no_059.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_no_060.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_no_061.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_no_062.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_no_064.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_no_065.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_no_068.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="132.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>