--- v0 (2025-12-11)
+++ v1 (2026-03-29)
@@ -54,798 +54,798 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Geraldo Lira</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/</t>
+    <t>http://sapl.surubim.pe.leg.br/media/</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ANTONIO CARLOS BEZERRA JÚNIOR</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Anabel Negromonte</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/105/projeto_no_003.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/105/projeto_no_003.pdf</t>
   </si>
   <si>
     <t>Institui maio o mês da concientização do transtorno de personalidade Borderline no Munícipio de Surubim e dá outras provídências.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Bomba</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ARIOBERTO DAS CHAGAS AGUIAR</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_no_005.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_no_005.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA IVETE LEÃO DE LUCENA</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Nailton do Jucá</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/148/projeto_no_006.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/148/projeto_no_006.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ BONÍFACIO ARRUDA</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Itamar</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ FELISMINO GOMES</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Neto da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_no_008.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_no_008.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA EDNALDO DA SILVA BARBOSA</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/106/projeto_no_010.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/106/projeto_no_010.pdf</t>
   </si>
   <si>
     <t>Altera denominação da Rua projetada, para Rua José Alves Florêncio em nosso munícipio.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/149/projeto_no_011.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/149/projeto_no_011.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSEFA MARIA DOS SANTOS</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Vaguinho</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_no_012.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_no_012.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARILENA MARQUES DE OLIVEIRA</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Ivete do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/117/projeto_no_013.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/117/projeto_no_013.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA LIVALDO ALEXANDRE ARRUDA</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/150/projeto_no_014.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/150/projeto_no_014.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA  ALUISIO GOMES DE ARAÚJO</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Dr. Vavá</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_no_015.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_no_015.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO A RUA FREI IBIAPINA, PARA AVENIDA FREI IBIAPINA EM NOSSO MUNÍCIPIO</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA RUA MAJOR PRISCILIANO DA MOTA SILVEIRA PARA AVENIDA MAJOR PRISCILIANO DA MOTA SILVEIRA</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/112/projeto_no_017.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/112/projeto_no_017.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ FARIAS DO NASCIMENTO</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_no_018.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_no_018.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA IRANILDO SILVA DO NASCIMENTO</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_no_019.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_no_019.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINÇÃO DE RUA DA RUA PROJETADA DE N° 03, QUADRA D, PARA RUA SEVERINO JOSÉ DE SANTANA, EM NOSSO MUNÍCIPIO.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/118/projeto_no_020.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/118/projeto_no_020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL EM MEMORIA AS VITÍMAS DA COVID-19</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_no_021.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_no_021.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUIDO O DIA MUNICIPAL DO PROFISSIONAL DA ENFERMAGEM EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/132/projeto_no_022.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/132/projeto_no_022.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA  LEDA MEDEIROS DA MOTA BARBOSA</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/164/projeto_no_023.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/164/projeto_no_023.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DA QUADRA PÚBLICA DO BAIRRO BELA VISTA SITUADA NA RUA PATROCÍNIO PEREIRA DA SILVA</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA SEVERINO JOSÉ DE SANTANA (JAMANTA)</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA SOFIA BARBOSA LAPENDA</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ SALES BARBOSA</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_no_027.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_no_027.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ANDRÉ LUIZ GÓIS DA SILVA</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_no_028.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_no_028.pdf</t>
   </si>
   <si>
     <t>FICA DENOMINADA DE RUA FABIANA RAMOS DA SILVA</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_no_029.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_no_029.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ALEX DA SILVA DE MOURA</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_no_030.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_no_030.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARIA DA SILVA CAMPOS</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_no_031.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_no_031.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA RAIMUNDA MARIA DA SILVA</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_no_032.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_no_032.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ GONÇALVES DA SILVA FILHO</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_no_033.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_no_033.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARIA DA DORES SILVA BARBOSA</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA  LEONEL JOSÉ SANTOS FABRÍCIO</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>BEATRIZ GUERRA</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/107/projeto_no_035.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/107/projeto_no_035.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA ODETE FERREIRA DA SILVA</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/165/projeto_no_036.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/165/projeto_no_036.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ VICENTE DO NASCIMENTO</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA CARLOS ALBERTO BATISTA LEÃO</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_no_038.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_no_038.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA  JOSÉ CORDEIRO DE ARRUDA</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARIA JOSÉ GOMES</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA SEVERINA FARIAS</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/167/projeto_no_041.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/167/projeto_no_041.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ RINALDO DA SILVA ARAGÃO</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARIA APARECIDA DE LIMA</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA SEVERINO ALFREDO DA SILVA</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/140/projeto_no_044.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/140/projeto_no_044.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ GOMES DE SOUSA</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ BRITO DA SILVA</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_no_046.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_no_046.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ EDUARDO DE LIMA</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARINA PEREIRA DA SILVA</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/142/projeto_no_048.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/142/projeto_no_048.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA SEVERINO ANTÔNIO DA SILVA</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_no_049.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_no_049.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ASSIEL KELMENSON DE ARRUDA CARDOSO</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/168/projeto_no_050.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/168/projeto_no_050.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSEFA MARIA DA CONCEIÇÃO</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_no_051.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_no_051.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARIA MACHADO DA SILVA</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_no_052.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_no_052.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ GENIVAL DA SILVA</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_no_053.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_no_053.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ CAETANO DA SILVA</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/169/projeto_no_054.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/169/projeto_no_054.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA MARCOS ARTUR DA SILVA BARBOSA</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_no_055.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_no_055.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA GENIVAL LUCENA DE LIMA</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_no_056.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_no_056.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ RODRIGUES DA SILVA</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_no_057.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_no_057.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA WILLEM BRAZ PESSOA DE LIMA</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/171/projeto_no_058.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/171/projeto_no_058.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSEFA MARIA DO CANTO</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA FAUSTA AMPARO DA SILVA</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_no_061.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_no_061.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ADILSON PLASIDO DE ARAÚJO</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/108/projeto_no_063.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/108/projeto_no_063.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA NEUSA DIAS DA SILVA</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/146/projeto_no_064.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/146/projeto_no_064.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA ANTÔNIO GALDINO DO NASCIMENTO</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/172/projeto_no_065.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/172/projeto_no_065.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ BEZERRA DE SALES</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_no_066.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_no_066.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA  SEVERINO ÂNTONIO DA SILVA</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/147/projeto_no_067.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/147/projeto_no_067.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA GILVAN FERREIRA DA SILVA</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA AUDO MANOEL DA SILVA</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_no_069.pdf</t>
+    <t>http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_no_069.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA LUCIANO JOSÉ CABRAL</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOÃO ANGELO BEZERRA</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JOSÉ ARRUDA</t>
   </si>
 </sst>
 </file>
 
@@ -1170,68 +1170,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/105/projeto_no_003.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_no_005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/148/projeto_no_006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_no_008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/106/projeto_no_010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/149/projeto_no_011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_no_012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/117/projeto_no_013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/150/projeto_no_014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_no_015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/112/projeto_no_017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_no_018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_no_019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/118/projeto_no_020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_no_021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/132/projeto_no_022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/164/projeto_no_023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_no_027.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_no_028.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_no_029.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_no_030.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_no_031.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_no_032.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_no_033.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/107/projeto_no_035.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/165/projeto_no_036.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_no_038.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/167/projeto_no_041.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/140/projeto_no_044.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_no_046.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/142/projeto_no_048.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_no_049.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/168/projeto_no_050.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_no_051.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_no_052.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_no_053.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/169/projeto_no_054.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_no_055.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_no_056.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_no_057.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/171/projeto_no_058.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_no_061.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/108/projeto_no_063.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/146/projeto_no_064.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/172/projeto_no_065.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_no_066.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/147/projeto_no_067.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_no_069.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.surubim.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/105/projeto_no_003.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_no_005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/148/projeto_no_006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_no_008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/106/projeto_no_010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/149/projeto_no_011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_no_012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/117/projeto_no_013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/150/projeto_no_014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/127/projeto_no_015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/112/projeto_no_017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_no_018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/131/projeto_no_019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/118/projeto_no_020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_no_021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/132/projeto_no_022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/164/projeto_no_023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/133/projeto_no_027.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/120/projeto_no_028.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_no_029.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_no_030.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_no_031.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/113/projeto_no_032.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/136/projeto_no_033.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/107/projeto_no_035.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/165/projeto_no_036.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_no_038.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/167/projeto_no_041.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/140/projeto_no_044.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/121/projeto_no_046.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/142/projeto_no_048.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/143/projeto_no_049.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/168/projeto_no_050.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_no_051.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/122/projeto_no_052.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_no_053.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/169/projeto_no_054.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/170/projeto_no_055.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/123/projeto_no_056.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_no_057.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/171/projeto_no_058.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/159/projeto_no_061.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/108/projeto_no_063.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/146/projeto_no_064.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/172/projeto_no_065.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_no_066.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/147/projeto_no_067.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/sapl/public/materialegislativa/2021/161/projeto_no_069.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.surubim.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="87.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="123.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>